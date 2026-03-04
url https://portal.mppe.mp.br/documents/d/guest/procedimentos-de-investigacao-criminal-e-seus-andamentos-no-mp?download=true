--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -14,3437 +14,1559 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet sheetId="1" name="Dados Gerais" state="visible" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase">'Dados Gerais'!$A$1:$D$2</definedName>
   </definedNames>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4004" uniqueCount="1129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1676" uniqueCount="503">
   <si>
     <t>Procedimento</t>
   </si>
   <si>
     <t>Promotoria</t>
   </si>
   <si>
     <t>Sigiloso</t>
   </si>
   <si>
     <t>Sistema</t>
   </si>
   <si>
-    <t>2025 / 2851000034</t>
+    <t>2024 / 2786000052</t>
+  </si>
+  <si>
+    <t>GAECO - CAPITAL</t>
+  </si>
+  <si>
+    <t>SIM</t>
+  </si>
+  <si>
+    <t>2024 / 2786000045</t>
+  </si>
+  <si>
+    <t>2024 / 2786000040</t>
+  </si>
+  <si>
+    <t>2024 / 2786000039</t>
+  </si>
+  <si>
+    <t>2024 / 2785000157</t>
+  </si>
+  <si>
+    <t>GAECO - AGRESTE</t>
+  </si>
+  <si>
+    <t>2024 / 2785000006</t>
+  </si>
+  <si>
+    <t>2024 / 2784000028</t>
+  </si>
+  <si>
+    <t>2024 / 2784000020</t>
+  </si>
+  <si>
+    <t>2024 / 2784000019</t>
+  </si>
+  <si>
+    <t>2024 / 2784000018</t>
+  </si>
+  <si>
+    <t>2024 / 2784000017</t>
+  </si>
+  <si>
+    <t>2024 / 2784000016</t>
+  </si>
+  <si>
+    <t>2024 / 2784000015</t>
+  </si>
+  <si>
+    <t>2024 / 2784000013</t>
+  </si>
+  <si>
+    <t>2024 / 2784000011</t>
+  </si>
+  <si>
+    <t>2024 / 2784000009</t>
+  </si>
+  <si>
+    <t>2024 / 2784000007</t>
+  </si>
+  <si>
+    <t>2024 / 2784000005</t>
+  </si>
+  <si>
+    <t>2024 / 2784000003</t>
+  </si>
+  <si>
+    <t>2024 / 2784000001</t>
+  </si>
+  <si>
+    <t>CENTRAL DE INQUÉRITOS DE OLINDA</t>
+  </si>
+  <si>
+    <t>2024 / 2783000010</t>
+  </si>
+  <si>
+    <t>2024 / 2782000558</t>
+  </si>
+  <si>
+    <t>3ª PROMOTORIA DE JUSTIÇA DE LIMOEIRO</t>
+  </si>
+  <si>
+    <t>2024 / 2775000026</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA CRIMINAL DE PESQUEIRA</t>
+  </si>
+  <si>
+    <t>2024 / 2775000013</t>
+  </si>
+  <si>
+    <t>SUBJUR - NÚCLEO EXTRAJUDICIAL PENAL</t>
+  </si>
+  <si>
+    <t>2024 / 2775000012</t>
+  </si>
+  <si>
+    <t>SECRETARIA GERAL DA PROMOTORIA DE JUSTIÇA DE ALTINHO</t>
+  </si>
+  <si>
+    <t>2024 / 2771000020</t>
+  </si>
+  <si>
+    <t>2024 / 2771000019</t>
+  </si>
+  <si>
+    <t>2024 / 2771000011</t>
+  </si>
+  <si>
+    <t>2024 / 2771000010</t>
+  </si>
+  <si>
+    <t>2024 / 2771000008</t>
+  </si>
+  <si>
+    <t>2024 / 2771000007</t>
+  </si>
+  <si>
+    <t>2024 / 2771000005</t>
+  </si>
+  <si>
+    <t>2024 / 2748001419</t>
   </si>
   <si>
     <t>5ª ATUAÇÃO NOS FEITOS DA CENTRAL DE INQUÉRITOS DA CAPITAL</t>
   </si>
   <si>
-    <t>SIM</t>
-[...59 lines deleted...]
-    <t>2025 / 2782000088</t>
+    <t>2024 / 2748001415</t>
+  </si>
+  <si>
+    <t>2024 / 2748001411</t>
+  </si>
+  <si>
+    <t>2024 / 2748001410</t>
+  </si>
+  <si>
+    <t>2024 / 2748001405</t>
+  </si>
+  <si>
+    <t>2024 / 2748001400</t>
+  </si>
+  <si>
+    <t>2024 / 2748001397</t>
+  </si>
+  <si>
+    <t>2024 / 2748001396</t>
+  </si>
+  <si>
+    <t>2024 / 2748001395</t>
+  </si>
+  <si>
+    <t>2024 / 2748001390</t>
+  </si>
+  <si>
+    <t>2024 / 2748001389</t>
+  </si>
+  <si>
+    <t>2024 / 2748001384</t>
+  </si>
+  <si>
+    <t>2024 / 2748001379</t>
+  </si>
+  <si>
+    <t>2024 / 2748001378</t>
+  </si>
+  <si>
+    <t>2024 / 2748001377</t>
+  </si>
+  <si>
+    <t>2024 / 2748001371</t>
+  </si>
+  <si>
+    <t>5ª PROMOTORIA DE JUSTIÇA CRIMINAL DO CABO DE SANTO AGOSTINHO</t>
+  </si>
+  <si>
+    <t>NÃO</t>
+  </si>
+  <si>
+    <t>2024 / 2748001370</t>
+  </si>
+  <si>
+    <t>2024 / 2748001369</t>
+  </si>
+  <si>
+    <t>2024 / 2748001365</t>
+  </si>
+  <si>
+    <t>2ª PROMOTORIA DE JUSTIÇA CRIMINAL DE CAMARAGIBE</t>
+  </si>
+  <si>
+    <t>2024 / 2748001363</t>
+  </si>
+  <si>
+    <t>2024 / 2748001362</t>
+  </si>
+  <si>
+    <t>2024 / 2748001358</t>
+  </si>
+  <si>
+    <t>2024 / 2748001357</t>
+  </si>
+  <si>
+    <t>2024 / 2748001351</t>
+  </si>
+  <si>
+    <t>2024 / 2748001350</t>
+  </si>
+  <si>
+    <t>2024 / 2748001349</t>
+  </si>
+  <si>
+    <t>2024 / 2748001346</t>
+  </si>
+  <si>
+    <t>2024 / 2748001344</t>
   </si>
   <si>
     <t>2ª PROMOTORIA DE JUSTIÇA CRIMINAL DE PALMARES</t>
   </si>
   <si>
-    <t>2025 / 2771000015</t>
-[...386 lines deleted...]
-    <t>2025 / 2748000118</t>
+    <t>2024 / 2748001342</t>
+  </si>
+  <si>
+    <t>2024 / 2748001336</t>
+  </si>
+  <si>
+    <t>2024 / 2748001332</t>
+  </si>
+  <si>
+    <t>2024 / 2748001331</t>
+  </si>
+  <si>
+    <t>2024 / 2748001329</t>
+  </si>
+  <si>
+    <t>2024 / 2748001326</t>
+  </si>
+  <si>
+    <t>2024 / 2748001324</t>
+  </si>
+  <si>
+    <t>2024 / 2748001323</t>
+  </si>
+  <si>
+    <t>2024 / 2748001320</t>
+  </si>
+  <si>
+    <t>2024 / 2748001311</t>
+  </si>
+  <si>
+    <t>2024 / 2748001309</t>
+  </si>
+  <si>
+    <t>2024 / 2748001308</t>
+  </si>
+  <si>
+    <t>2024 / 2748001305</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE POMBOS</t>
+  </si>
+  <si>
+    <t>2024 / 2748001302</t>
+  </si>
+  <si>
+    <t>2024 / 2748001301</t>
+  </si>
+  <si>
+    <t>2024 / 2748001300</t>
+  </si>
+  <si>
+    <t>2024 / 2748001299</t>
+  </si>
+  <si>
+    <t>2024 / 2748001293</t>
+  </si>
+  <si>
+    <t>2024 / 2748001287</t>
+  </si>
+  <si>
+    <t>2024 / 2748001286</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE NAZARÉ DA MATA</t>
+  </si>
+  <si>
+    <t>2024 / 2748001280</t>
+  </si>
+  <si>
+    <t>2024 / 2748001279</t>
+  </si>
+  <si>
+    <t>CENTRAL DE INQUÉRITOS DE PAULISTA</t>
+  </si>
+  <si>
+    <t>2024 / 2748001277</t>
+  </si>
+  <si>
+    <t>2024 / 2748001275</t>
+  </si>
+  <si>
+    <t>2024 / 2748001274</t>
+  </si>
+  <si>
+    <t>2024 / 2748001272</t>
+  </si>
+  <si>
+    <t>2024 / 2748001271</t>
+  </si>
+  <si>
+    <t>2024 / 2748001268</t>
+  </si>
+  <si>
+    <t>2024 / 2748001266</t>
+  </si>
+  <si>
+    <t>2024 / 2748001262</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE SALOÁ</t>
+  </si>
+  <si>
+    <t>2024 / 2748001258</t>
+  </si>
+  <si>
+    <t>2024 / 2748001256</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE SÃO CAETANO</t>
+  </si>
+  <si>
+    <t>2024 / 2748001252</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE FEIRA NOVA</t>
+  </si>
+  <si>
+    <t>2024 / 2748001251</t>
+  </si>
+  <si>
+    <t>2024 / 2748001242</t>
+  </si>
+  <si>
+    <t>1ª PROMOTORIA DE JUSTIÇA DE ABREU E LIMA</t>
+  </si>
+  <si>
+    <t>2024 / 2748001241</t>
+  </si>
+  <si>
+    <t>2024 / 2748001240</t>
+  </si>
+  <si>
+    <t>2024 / 2748001236</t>
+  </si>
+  <si>
+    <t>2024 / 2748001233</t>
+  </si>
+  <si>
+    <t>2024 / 2748001231</t>
+  </si>
+  <si>
+    <t>2024 / 2748001229</t>
+  </si>
+  <si>
+    <t>2024 / 2748001227</t>
+  </si>
+  <si>
+    <t>2024 / 2748001198</t>
+  </si>
+  <si>
+    <t>2024 / 2748001193</t>
+  </si>
+  <si>
+    <t>2024 / 2748001187</t>
+  </si>
+  <si>
+    <t>2ª PROMOTORIA DE JUSTIÇA CRIMINAL DE GRAVATÁ</t>
+  </si>
+  <si>
+    <t>2024 / 2748001186</t>
+  </si>
+  <si>
+    <t>2024 / 2748001182</t>
+  </si>
+  <si>
+    <t>2024 / 2748001181</t>
+  </si>
+  <si>
+    <t>2024 / 2748001175</t>
+  </si>
+  <si>
+    <t>2024 / 2748001173</t>
+  </si>
+  <si>
+    <t>2024 / 2748001171</t>
+  </si>
+  <si>
+    <t>2024 / 2748001166</t>
+  </si>
+  <si>
+    <t>2024 / 2748001163</t>
+  </si>
+  <si>
+    <t>2024 / 2748001160</t>
+  </si>
+  <si>
+    <t>CENTRAL DE INQUÉRITOS DE GARANHUNS</t>
+  </si>
+  <si>
+    <t>2024 / 2748001158</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE GLÓRIA DO GOITÁ</t>
+  </si>
+  <si>
+    <t>2024 / 2748001157</t>
+  </si>
+  <si>
+    <t>2024 / 2748001155</t>
+  </si>
+  <si>
+    <t>2024 / 2748001148</t>
+  </si>
+  <si>
+    <t>2024 / 2748001142</t>
+  </si>
+  <si>
+    <t>2024 / 2748001141</t>
+  </si>
+  <si>
+    <t>2024 / 2748001122</t>
+  </si>
+  <si>
+    <t>2024 / 2748001120</t>
+  </si>
+  <si>
+    <t>2024 / 2748001119</t>
+  </si>
+  <si>
+    <t>2024 / 2748001116</t>
+  </si>
+  <si>
+    <t>2024 / 2748001113</t>
+  </si>
+  <si>
+    <t>2024 / 2748001112</t>
+  </si>
+  <si>
+    <t>2024 / 2748001111</t>
+  </si>
+  <si>
+    <t>2024 / 2748001109</t>
+  </si>
+  <si>
+    <t>1ª PROMOTORIA DE JUSTIÇA DE SERTÂNIA</t>
+  </si>
+  <si>
+    <t>2024 / 2748001108</t>
+  </si>
+  <si>
+    <t>2024 / 2748001107</t>
+  </si>
+  <si>
+    <t>2024 / 2748001099</t>
+  </si>
+  <si>
+    <t>2024 / 2748001098</t>
+  </si>
+  <si>
+    <t>2024 / 2748001096</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE CARNAÍBA</t>
+  </si>
+  <si>
+    <t>2024 / 2748001087</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE CANHOTINHO</t>
+  </si>
+  <si>
+    <t>2024 / 2748001079</t>
+  </si>
+  <si>
+    <t>2024 / 2748001045</t>
+  </si>
+  <si>
+    <t>2024 / 2748001044</t>
+  </si>
+  <si>
+    <t>2024 / 2748001043</t>
+  </si>
+  <si>
+    <t>2024 / 2748001042</t>
+  </si>
+  <si>
+    <t>2024 / 2748001030</t>
+  </si>
+  <si>
+    <t>2024 / 2748001026</t>
+  </si>
+  <si>
+    <t>2024 / 2748001023</t>
+  </si>
+  <si>
+    <t>2024 / 2748001019</t>
+  </si>
+  <si>
+    <t>2024 / 2748001016</t>
+  </si>
+  <si>
+    <t>2024 / 2748001008</t>
+  </si>
+  <si>
+    <t>2024 / 2748001006</t>
+  </si>
+  <si>
+    <t>2024 / 2748001003</t>
+  </si>
+  <si>
+    <t>2024 / 2748001001</t>
+  </si>
+  <si>
+    <t>2024 / 2748000999</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE TAMANDARÉ</t>
+  </si>
+  <si>
+    <t>2024 / 2748000997</t>
+  </si>
+  <si>
+    <t>2024 / 2748000992</t>
+  </si>
+  <si>
+    <t>2024 / 2748000991</t>
+  </si>
+  <si>
+    <t>2024 / 2748000988</t>
   </si>
   <si>
     <t>1ª PROMOTORIA DE JUSTIÇA DE BEZERROS</t>
   </si>
   <si>
-    <t>2025 / 2748000115</t>
-[...47 lines deleted...]
-    <t>2025 / 2748000072</t>
+    <t>2024 / 2748000986</t>
+  </si>
+  <si>
+    <t>2024 / 2748000981</t>
+  </si>
+  <si>
+    <t>2024 / 2748000966</t>
+  </si>
+  <si>
+    <t>2024 / 2748000960</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE SANTA MARIA DO CAMBUCÁ</t>
+  </si>
+  <si>
+    <t>2024 / 2748000955</t>
+  </si>
+  <si>
+    <t>2024 / 2748000954</t>
+  </si>
+  <si>
+    <t>2024 / 2748000951</t>
+  </si>
+  <si>
+    <t>2024 / 2748000950</t>
+  </si>
+  <si>
+    <t>2024 / 2748000949</t>
+  </si>
+  <si>
+    <t>2024 / 2748000947</t>
+  </si>
+  <si>
+    <t>2024 / 2748000939</t>
+  </si>
+  <si>
+    <t>2024 / 2748000936</t>
+  </si>
+  <si>
+    <t>2024 / 2748000935</t>
+  </si>
+  <si>
+    <t>2024 / 2748000933</t>
+  </si>
+  <si>
+    <t>2024 / 2748000929</t>
+  </si>
+  <si>
+    <t>2024 / 2748000917</t>
+  </si>
+  <si>
+    <t>2024 / 2748000916</t>
+  </si>
+  <si>
+    <t>2024 / 2748000908</t>
+  </si>
+  <si>
+    <t>2024 / 2748000907</t>
+  </si>
+  <si>
+    <t>2024 / 2748000905</t>
+  </si>
+  <si>
+    <t>2024 / 2748000904</t>
+  </si>
+  <si>
+    <t>2024 / 2748000903</t>
+  </si>
+  <si>
+    <t>2024 / 2748000901</t>
+  </si>
+  <si>
+    <t>2024 / 2748000898</t>
+  </si>
+  <si>
+    <t>2024 / 2748000888</t>
+  </si>
+  <si>
+    <t>2ª PROMOTORIA DE JUSTIÇA DE SERTÂNIA</t>
+  </si>
+  <si>
+    <t>2024 / 2748000873</t>
+  </si>
+  <si>
+    <t>2024 / 2748000871</t>
+  </si>
+  <si>
+    <t>2024 / 2748000843</t>
+  </si>
+  <si>
+    <t>2024 / 2748000842</t>
+  </si>
+  <si>
+    <t>2024 / 2748000841</t>
+  </si>
+  <si>
+    <t>2024 / 2748000839</t>
+  </si>
+  <si>
+    <t>2024 / 2748000837</t>
+  </si>
+  <si>
+    <t>2024 / 2748000836</t>
+  </si>
+  <si>
+    <t>2024 / 2748000832</t>
+  </si>
+  <si>
+    <t>2024 / 2748000829</t>
+  </si>
+  <si>
+    <t>2024 / 2748000828</t>
+  </si>
+  <si>
+    <t>2024 / 2748000827</t>
+  </si>
+  <si>
+    <t>2024 / 2748000824</t>
+  </si>
+  <si>
+    <t>2024 / 2748000823</t>
+  </si>
+  <si>
+    <t>2024 / 2748000822</t>
+  </si>
+  <si>
+    <t>2024 / 2748000821</t>
+  </si>
+  <si>
+    <t>2024 / 2748000816</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE SERRITA</t>
+  </si>
+  <si>
+    <t>2024 / 2748000808</t>
+  </si>
+  <si>
+    <t>2024 / 2748000805</t>
+  </si>
+  <si>
+    <t>5ª PROMOTORIA DE JUSTIÇA DE CARPINA</t>
+  </si>
+  <si>
+    <t>2024 / 2748000802</t>
+  </si>
+  <si>
+    <t>2024 / 2748000798</t>
+  </si>
+  <si>
+    <t>3ª PROMOTORIA DE JUSTIÇA DE ARARIPINA</t>
+  </si>
+  <si>
+    <t>2024 / 2748000797</t>
+  </si>
+  <si>
+    <t>2024 / 2748000790</t>
+  </si>
+  <si>
+    <t>2024 / 2748000789</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE SÃO JOSÉ DO BELMONTE</t>
+  </si>
+  <si>
+    <t>2024 / 2748000781</t>
+  </si>
+  <si>
+    <t>2024 / 2748000780</t>
+  </si>
+  <si>
+    <t>2024 / 2748000778</t>
+  </si>
+  <si>
+    <t>2024 / 2748000777</t>
+  </si>
+  <si>
+    <t>2024 / 2748000775</t>
+  </si>
+  <si>
+    <t>2024 / 2748000772</t>
+  </si>
+  <si>
+    <t>2024 / 2748000758</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE VERDEJANTE</t>
+  </si>
+  <si>
+    <t>2024 / 2748000744</t>
+  </si>
+  <si>
+    <t>2024 / 2748000742</t>
+  </si>
+  <si>
+    <t>2024 / 2748000741</t>
+  </si>
+  <si>
+    <t>2024 / 2748000733</t>
+  </si>
+  <si>
+    <t>2024 / 2748000732</t>
+  </si>
+  <si>
+    <t>2024 / 2748000731</t>
+  </si>
+  <si>
+    <t>2024 / 2748000729</t>
+  </si>
+  <si>
+    <t>2024 / 2748000728</t>
+  </si>
+  <si>
+    <t>2024 / 2748000726</t>
+  </si>
+  <si>
+    <t>2024 / 2748000723</t>
+  </si>
+  <si>
+    <t>2024 / 2748000717</t>
+  </si>
+  <si>
+    <t>2024 / 2748000715</t>
+  </si>
+  <si>
+    <t>2024 / 2748000714</t>
+  </si>
+  <si>
+    <t>2024 / 2748000708</t>
+  </si>
+  <si>
+    <t>2024 / 2748000707</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE ITAMARACÁ</t>
+  </si>
+  <si>
+    <t>2024 / 2748000695</t>
+  </si>
+  <si>
+    <t>2024 / 2748000690</t>
+  </si>
+  <si>
+    <t>2024 / 2748000678</t>
+  </si>
+  <si>
+    <t>2024 / 2748000675</t>
+  </si>
+  <si>
+    <t>2024 / 2748000674</t>
+  </si>
+  <si>
+    <t>2024 / 2748000667</t>
+  </si>
+  <si>
+    <t>2024 / 2748000666</t>
+  </si>
+  <si>
+    <t>2024 / 2748000665</t>
+  </si>
+  <si>
+    <t>2024 / 2748000648</t>
+  </si>
+  <si>
+    <t>2024 / 2748000621</t>
+  </si>
+  <si>
+    <t>2024 / 2748000620</t>
+  </si>
+  <si>
+    <t>2024 / 2748000619</t>
+  </si>
+  <si>
+    <t>2024 / 2748000611</t>
+  </si>
+  <si>
+    <t>2024 / 2748000608</t>
+  </si>
+  <si>
+    <t>2024 / 2748000607</t>
+  </si>
+  <si>
+    <t>2024 / 2748000593</t>
+  </si>
+  <si>
+    <t>2024 / 2748000590</t>
+  </si>
+  <si>
+    <t>2024 / 2748000580</t>
+  </si>
+  <si>
+    <t>2024 / 2748000579</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE AMARAJI</t>
+  </si>
+  <si>
+    <t>2024 / 2748000567</t>
+  </si>
+  <si>
+    <t>2024 / 2748000565</t>
+  </si>
+  <si>
+    <t>2024 / 2748000563</t>
+  </si>
+  <si>
+    <t>2024 / 2748000560</t>
+  </si>
+  <si>
+    <t>2024 / 2748000559</t>
+  </si>
+  <si>
+    <t>2024 / 2748000557</t>
+  </si>
+  <si>
+    <t>2024 / 2748000550</t>
+  </si>
+  <si>
+    <t>2024 / 2748000546</t>
+  </si>
+  <si>
+    <t>2024 / 2748000545</t>
+  </si>
+  <si>
+    <t>2024 / 2748000531</t>
+  </si>
+  <si>
+    <t>2024 / 2748000528</t>
+  </si>
+  <si>
+    <t>2024 / 2748000527</t>
+  </si>
+  <si>
+    <t>2024 / 2748000526</t>
+  </si>
+  <si>
+    <t>2024 / 2748000525</t>
+  </si>
+  <si>
+    <t>2024 / 2748000524</t>
+  </si>
+  <si>
+    <t>2024 / 2748000521</t>
+  </si>
+  <si>
+    <t>2024 / 2748000509</t>
+  </si>
+  <si>
+    <t>2024 / 2748000507</t>
+  </si>
+  <si>
+    <t>2024 / 2748000505</t>
+  </si>
+  <si>
+    <t>2024 / 2748000500</t>
+  </si>
+  <si>
+    <t>2024 / 2748000499</t>
+  </si>
+  <si>
+    <t>2024 / 2748000498</t>
+  </si>
+  <si>
+    <t>2024 / 2748000497</t>
+  </si>
+  <si>
+    <t>2024 / 2748000489</t>
+  </si>
+  <si>
+    <t>2024 / 2748000487</t>
+  </si>
+  <si>
+    <t>2024 / 2748000477</t>
+  </si>
+  <si>
+    <t>2024 / 2748000474</t>
+  </si>
+  <si>
+    <t>2024 / 2748000466</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE VERTENTES</t>
+  </si>
+  <si>
+    <t>2024 / 2748000452</t>
+  </si>
+  <si>
+    <t>2024 / 2748000451</t>
+  </si>
+  <si>
+    <t>2024 / 2748000432</t>
+  </si>
+  <si>
+    <t>2024 / 2748000419</t>
+  </si>
+  <si>
+    <t>2024 / 2748000408</t>
+  </si>
+  <si>
+    <t>2024 / 2748000401</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE CATENDE</t>
+  </si>
+  <si>
+    <t>2024 / 2748000385</t>
+  </si>
+  <si>
+    <t>2024 / 2748000375</t>
+  </si>
+  <si>
+    <t>2024 / 2748000369</t>
+  </si>
+  <si>
+    <t>2024 / 2748000350</t>
+  </si>
+  <si>
+    <t>2024 / 2748000347</t>
+  </si>
+  <si>
+    <t>2024 / 2748000337</t>
+  </si>
+  <si>
+    <t>2024 / 2748000332</t>
+  </si>
+  <si>
+    <t>2024 / 2748000325</t>
+  </si>
+  <si>
+    <t>2024 / 2748000322</t>
+  </si>
+  <si>
+    <t>2024 / 2748000321</t>
+  </si>
+  <si>
+    <t>2024 / 2748000320</t>
+  </si>
+  <si>
+    <t>2024 / 2748000312</t>
+  </si>
+  <si>
+    <t>2024 / 2748000299</t>
+  </si>
+  <si>
+    <t>2024 / 2748000278</t>
+  </si>
+  <si>
+    <t>CENTRAL DE INQUÉRITOS DE JABOATÃO DOS GUARARAPES</t>
+  </si>
+  <si>
+    <t>2024 / 2748000147</t>
+  </si>
+  <si>
+    <t>2024 / 2748000143</t>
+  </si>
+  <si>
+    <t>2024 / 2748000118</t>
+  </si>
+  <si>
+    <t>2024 / 2748000110</t>
+  </si>
+  <si>
+    <t>2024 / 2748000107</t>
+  </si>
+  <si>
+    <t>2024 / 2748000098</t>
+  </si>
+  <si>
+    <t>2024 / 2748000073</t>
+  </si>
+  <si>
+    <t>2024 / 2748000056</t>
+  </si>
+  <si>
+    <t>2024 / 2748000027</t>
+  </si>
+  <si>
+    <t>2024 / 2736000001</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA ELEITORAL DA 18ª ZE - VITÓRIA DE SANTO ANTÃO</t>
+  </si>
+  <si>
+    <t>2024 / 2701000001</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA ELEITORAL DA 116ª ZE - SÃO JOÃO - ANGELIM - CANHOTINHO</t>
+  </si>
+  <si>
+    <t>2024 / 2692000028</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA ELEITORAL DA 75ª ZE - SALGUEIRO, VERDEJANTE</t>
+  </si>
+  <si>
+    <t>2024 / 2629000068</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA ELEITORAL DA 5ª ZE - RECIFE</t>
+  </si>
+  <si>
+    <t>2024 / 2629000067</t>
+  </si>
+  <si>
+    <t>2024 / 2629000066</t>
+  </si>
+  <si>
+    <t>2024 / 2629000065</t>
+  </si>
+  <si>
+    <t>2024 / 2629000064</t>
+  </si>
+  <si>
+    <t>2024 / 2551000001</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA ELEITORAL DA 41ª ZE - CARUARU</t>
+  </si>
+  <si>
+    <t>2024 / 2516000030</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA ELEITORAL DA 42ª ZE - BARREIROS - SÃO JOSÉ DA COROA GRANDE</t>
+  </si>
+  <si>
+    <t>2024 / 2516000029</t>
+  </si>
+  <si>
+    <t>2024 / 2495000014</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA ELEITORAL DA 119ª ZE - ABREU E LIMA</t>
+  </si>
+  <si>
+    <t>2024 / 2417001376</t>
+  </si>
+  <si>
+    <t>2024 / 2335000154</t>
+  </si>
+  <si>
+    <t>2024 / 2335000128</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA CRIMINAL DE GRAVATÁ</t>
+  </si>
+  <si>
+    <t>2024 / 2335000124</t>
+  </si>
+  <si>
+    <t>2024 / 2335000103</t>
+  </si>
+  <si>
+    <t>2024 / 2335000102</t>
+  </si>
+  <si>
+    <t>2024 / 2335000100</t>
+  </si>
+  <si>
+    <t>2024 / 2335000099</t>
+  </si>
+  <si>
+    <t>1ª PROMOTORIA DE JUSTIÇA CRIMINAL DE GRAVATÁ</t>
+  </si>
+  <si>
+    <t>2024 / 2335000095</t>
+  </si>
+  <si>
+    <t>2024 / 2335000092</t>
+  </si>
+  <si>
+    <t>2024 / 2335000089</t>
+  </si>
+  <si>
+    <t>2024 / 2335000086</t>
+  </si>
+  <si>
+    <t>2024 / 2335000070</t>
+  </si>
+  <si>
+    <t>2024 / 2335000069</t>
+  </si>
+  <si>
+    <t>2024 / 2335000066</t>
+  </si>
+  <si>
+    <t>2024 / 2335000052</t>
+  </si>
+  <si>
+    <t>1ª PROMOTORIA DE JUSTIÇA CRIMINAL DE CAMARAGIBE</t>
+  </si>
+  <si>
+    <t>2024 / 2335000050</t>
+  </si>
+  <si>
+    <t>2024 / 2335000043</t>
+  </si>
+  <si>
+    <t>2024 / 2335000042</t>
+  </si>
+  <si>
+    <t>2024 / 2335000034</t>
+  </si>
+  <si>
+    <t>2024 / 2335000032</t>
+  </si>
+  <si>
+    <t>2024 / 2332000116</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE ESCADA</t>
+  </si>
+  <si>
+    <t>2024 / 2332000115</t>
+  </si>
+  <si>
+    <t>2024 / 2332000113</t>
+  </si>
+  <si>
+    <t>2024 / 2332000112</t>
+  </si>
+  <si>
+    <t>2024 / 2310000030</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA CRIMINAL DE PALMARES</t>
+  </si>
+  <si>
+    <t>2024 / 2300000016</t>
+  </si>
+  <si>
+    <t>2024 / 2261000237</t>
+  </si>
+  <si>
+    <t>2024 / 2246000098</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE RIBEIRÃO</t>
+  </si>
+  <si>
+    <t>2024 / 2246000082</t>
+  </si>
+  <si>
+    <t>2024 / 2246000015</t>
+  </si>
+  <si>
+    <t>2024 / 2225000203</t>
+  </si>
+  <si>
+    <t>2024 / 2225000198</t>
+  </si>
+  <si>
+    <t>2024 / 2225000197</t>
+  </si>
+  <si>
+    <t>2024 / 2225000195</t>
+  </si>
+  <si>
+    <t>2024 / 2225000194</t>
+  </si>
+  <si>
+    <t>2024 / 2225000193</t>
+  </si>
+  <si>
+    <t>2024 / 2219000039</t>
+  </si>
+  <si>
+    <t>2024 / 2219000038</t>
+  </si>
+  <si>
+    <t>2024 / 2209000039</t>
+  </si>
+  <si>
+    <t>4ª PROMOTORIA DE JUSTIÇA DE CARPINA</t>
+  </si>
+  <si>
+    <t>2024 / 2157000014</t>
+  </si>
+  <si>
+    <t>SUBPROCURADORIA GERAL DE JUSTIÇA EM ASSUNTOS INSTITUCIONAIS</t>
+  </si>
+  <si>
+    <t>2024 / 2105000656</t>
+  </si>
+  <si>
+    <t>2024 / 2100000059</t>
+  </si>
+  <si>
+    <t>2024 / 2100000044</t>
+  </si>
+  <si>
+    <t>2024 / 2100000003</t>
+  </si>
+  <si>
+    <t>2024 / 2093000048</t>
+  </si>
+  <si>
+    <t>2024 / 2024000034</t>
+  </si>
+  <si>
+    <t>2024 / 1998000201</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE CORTÊS</t>
+  </si>
+  <si>
+    <t>2024 / 1980000050</t>
+  </si>
+  <si>
+    <t>2024 / 1946000006</t>
+  </si>
+  <si>
+    <t>2024 / 1932000381</t>
+  </si>
+  <si>
+    <t>2024 / 1932000359</t>
+  </si>
+  <si>
+    <t>2024 / 1932000332</t>
+  </si>
+  <si>
+    <t>2024 / 1932000289</t>
+  </si>
+  <si>
+    <t>2024 / 1932000288</t>
+  </si>
+  <si>
+    <t>2024 / 1932000229</t>
+  </si>
+  <si>
+    <t>2024 / 1932000224</t>
+  </si>
+  <si>
+    <t>2024 / 1932000122</t>
+  </si>
+  <si>
+    <t>2024 / 1887000086</t>
+  </si>
+  <si>
+    <t>CENTRAL DE INQUÉRITOS DE PETROLINA</t>
+  </si>
+  <si>
+    <t>2024 / 1887000074</t>
+  </si>
+  <si>
+    <t>6ª PROMOTORIA DE JUSTIÇA CRIMINAL DE PETROLINA</t>
+  </si>
+  <si>
+    <t>2024 / 1887000045</t>
+  </si>
+  <si>
+    <t>GAECO - SERTÃO</t>
+  </si>
+  <si>
+    <t>2024 / 1887000002</t>
+  </si>
+  <si>
+    <t>2024 / 1885000042</t>
+  </si>
+  <si>
+    <t>2024 / 1885000034</t>
+  </si>
+  <si>
+    <t>1ª PROMOTORIA DE JUSTIÇA CRIMINAL DE SANTA CRUZ DO CAPIBARIBE</t>
+  </si>
+  <si>
+    <t>2024 / 1879000431</t>
+  </si>
+  <si>
+    <t>4º PROMOTORIA DE JUSTIÇA DE DEFESA DA CIDADANIA DE PETROLINA</t>
+  </si>
+  <si>
+    <t>2024 / 1788000025</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE PANELAS</t>
+  </si>
+  <si>
+    <t>2024 / 1723000139</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE TRINDADE</t>
+  </si>
+  <si>
+    <t>2024 / 1721000029</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE TORITAMA</t>
+  </si>
+  <si>
+    <t>2024 / 1715000095</t>
+  </si>
+  <si>
+    <t>2024 / 1704000060</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE SANHARÓ</t>
+  </si>
+  <si>
+    <t>2024 / 1699000082</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE QUIPAPÁ</t>
+  </si>
+  <si>
+    <t>2024 / 1699000081</t>
+  </si>
+  <si>
+    <t>2024 / 1695000193</t>
+  </si>
+  <si>
+    <t>2024 / 1695000069</t>
+  </si>
+  <si>
+    <t>1ª PROMOTORIA DE JUSTIÇA DE PETROLÂNDIA</t>
+  </si>
+  <si>
+    <t>2024 / 1681000127</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE LAGOA GRANDE</t>
+  </si>
+  <si>
+    <t>2024 / 1681000126</t>
+  </si>
+  <si>
+    <t>2024 / 1681000125</t>
+  </si>
+  <si>
+    <t>2024 / 1681000124</t>
+  </si>
+  <si>
+    <t>2024 / 1681000123</t>
+  </si>
+  <si>
+    <t>2024 / 1681000122</t>
+  </si>
+  <si>
+    <t>2024 / 1681000121</t>
+  </si>
+  <si>
+    <t>2024 / 1681000112</t>
+  </si>
+  <si>
+    <t>2024 / 1669000071</t>
+  </si>
+  <si>
+    <t>2024 / 1644000239</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE CABROBÓ</t>
+  </si>
+  <si>
+    <t>2024 / 1635000225</t>
+  </si>
+  <si>
+    <t>2024 / 1633000215</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE ALAGOINHA</t>
+  </si>
+  <si>
+    <t>2024 / 1631000079</t>
   </si>
   <si>
     <t>PROMOTORIA DE JUSTIÇA DE AFRÂNIO</t>
   </si>
   <si>
-    <t>2025 / 2748000071</t>
-[...221 lines deleted...]
-    <t>2025 / 385459</t>
+    <t>2024 / 1631000012</t>
+  </si>
+  <si>
+    <t>2024 / 1605000011</t>
+  </si>
+  <si>
+    <t>2024 / 1589000022</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE OROBÓ</t>
+  </si>
+  <si>
+    <t>2024 / 1582000038</t>
+  </si>
+  <si>
+    <t>2024 / 1578000006</t>
+  </si>
+  <si>
+    <t>PROMOTORIA DE JUSTIÇA DE JUREMA</t>
+  </si>
+  <si>
+    <t>2024 / 1560000005</t>
+  </si>
+  <si>
+    <t>COORDENAÇÃO ADMINISTRATIVA DA PROMOTORIA DE TIMBAÚBA</t>
+  </si>
+  <si>
+    <t>2024 / 266181</t>
   </si>
   <si>
     <t>Caruaru - Núcleo de Não Persecução Penal - NANPP</t>
   </si>
   <si>
     <t>ARQUIMEDES</t>
   </si>
   <si>
-    <t>2025 / 382325</t>
-[...14 lines deleted...]
-    <t>2025 / 369586</t>
+    <t>2024 / 236344</t>
+  </si>
+  <si>
+    <t>Central de Inquéritos da Capital- NIC</t>
+  </si>
+  <si>
+    <t>2024 / 139298</t>
+  </si>
+  <si>
+    <t>Feira Nova - Promotoria de Justiça</t>
+  </si>
+  <si>
+    <t>2024 / 132659</t>
   </si>
   <si>
     <t>Jaboatão - Núcleo de Acordo de Não-Persecução Penal - NANPP</t>
   </si>
   <si>
-    <t>2025 / 367005</t>
-[...35 lines deleted...]
-    <t>2025 / 252706</t>
+    <t>2024 / 131653</t>
+  </si>
+  <si>
+    <t>2024 / 55531</t>
+  </si>
+  <si>
+    <t>2024 / 55528</t>
+  </si>
+  <si>
+    <t>2024 / 55504</t>
+  </si>
+  <si>
+    <t>2024 / 48721</t>
+  </si>
+  <si>
+    <t>2024 / 44595</t>
+  </si>
+  <si>
+    <t>2024 / 42752</t>
+  </si>
+  <si>
+    <t>Subprocuradoria Geral em Assuntos Institucionais</t>
+  </si>
+  <si>
+    <t>2024 / 13742</t>
   </si>
   <si>
     <t>Jaboatão - Central de Inquéritos</t>
   </si>
   <si>
-    <t>2025 / 252695</t>
-[...1432 lines deleted...]
-  <si>
     <t>2024 / 13739</t>
-  </si>
-[...1123 lines deleted...]
-    <t>PROMOTORIA DE JUSTIÇA DE MARAIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <charset val="1"/>
       <color rgb="FFFFFFFF"/>
       <family val="2"/>
       <sz val="8"/>
       <name val="Verdana"/>
     </font>
     <font>
       <charset val="1"/>
       <color rgb="FF000000"/>
@@ -3504,51 +1626,51 @@
       <alignment vertical="bottom" wrapText="1" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D1013"/>
+  <dimension ref="A1:D431"/>
   <sheetViews>
     <sheetView workbookViewId="0" zoomScale="100" zoomScaleNormal="100" view="normal">
       <pane xSplit="1" ySplit="2" topLeftCell="B3" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="B28" sqref="B28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.8" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="0" defaultColWidth="9.171875" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="9.59" customWidth="1"/>
     <col min="2" max="2" width="57.87" customWidth="1"/>
     <col min="3" max="3" width="38.43" customWidth="1"/>
     <col min="4" max="4" width="33.29" customWidth="1"/>
     <col min="5" max="5" width="2.3" customWidth="1"/>
     <col min="1021" max="1024" width="11.52" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -3588,14014 +1710,5866 @@
         <v>6</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C50" s="4" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>5</v>
+        <v>66</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>5</v>
+        <v>66</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>5</v>
+        <v>76</v>
       </c>
       <c r="C62" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C64" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C66" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C68" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C74" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>5</v>
+        <v>90</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C76" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>5</v>
+        <v>101</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C86" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C88" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C90" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="C92" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>5</v>
+        <v>113</v>
       </c>
       <c r="C94" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C96" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>5</v>
+        <v>118</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C98" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C99" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C100" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C101" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C102" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C103" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C104" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C105" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C106" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C107" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C108" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C110" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C112" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C113" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C114" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C115" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>5</v>
+        <v>139</v>
       </c>
       <c r="C116" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>5</v>
+        <v>141</v>
       </c>
       <c r="C117" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C118" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C119" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C120" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C121" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>5</v>
+        <v>139</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C123" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C124" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C125" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C126" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C127" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C128" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C129" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>5</v>
+        <v>155</v>
       </c>
       <c r="C130" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C131" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>5</v>
+        <v>98</v>
       </c>
       <c r="C132" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C133" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C134" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="C135" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>5</v>
+        <v>163</v>
       </c>
       <c r="C136" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>5</v>
+        <v>163</v>
       </c>
       <c r="C137" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C138" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C139" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C140" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C141" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C142" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D142" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="C143" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C144" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C145" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A146" s="2" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C146" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C147" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C148" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C149" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A150" s="2" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C150" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>5</v>
+        <v>179</v>
       </c>
       <c r="C151" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D151" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C152" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D152" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>5</v>
+        <v>118</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A154" s="2" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C154" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D154" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>5</v>
+        <v>184</v>
       </c>
       <c r="C155" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D155" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A156" s="2" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C156" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D156" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A157" s="2" t="s">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C157" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D157" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A158" s="2" t="s">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C158" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D158" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A159" s="2" t="s">
-        <v>174</v>
+        <v>188</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>5</v>
+        <v>189</v>
       </c>
       <c r="C159" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>176</v>
+        <v>45</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D160" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" s="2" t="s">
-        <v>177</v>
+        <v>191</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>176</v>
+        <v>45</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D161" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>176</v>
+        <v>45</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D162" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
-        <v>179</v>
+        <v>193</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C163" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D163" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A164" s="2" t="s">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C164" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C165" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C166" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D166" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A167" s="2" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C167" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D167" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A168" s="2" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C168" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A169" s="2" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C169" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D169" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A170" s="2" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>5</v>
+        <v>139</v>
       </c>
       <c r="C170" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D170" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A171" s="2" t="s">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C171" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A172" s="2" t="s">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="C172" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A173" s="2" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>190</v>
+        <v>45</v>
       </c>
       <c r="C173" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C174" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D174" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C175" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D175" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C176" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>195</v>
+        <v>45</v>
       </c>
       <c r="C177" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D177" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A178" s="2" t="s">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="C178" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A179" s="2" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="C179" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="C180" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A181" s="2" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>202</v>
+        <v>45</v>
       </c>
       <c r="C181" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>204</v>
+        <v>45</v>
       </c>
       <c r="C182" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A183" s="2" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>206</v>
+        <v>129</v>
       </c>
       <c r="C183" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A184" s="2" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D184" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A185" s="2" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>210</v>
+        <v>139</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D186" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>212</v>
+        <v>139</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D187" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>212</v>
+        <v>115</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D188" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A189" s="2" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>215</v>
+        <v>45</v>
       </c>
       <c r="C189" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>215</v>
+        <v>45</v>
       </c>
       <c r="C190" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A191" s="2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>215</v>
+        <v>45</v>
       </c>
       <c r="C191" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D191" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A192" s="2" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>215</v>
+        <v>45</v>
       </c>
       <c r="C192" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D192" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A193" s="2" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>215</v>
+        <v>45</v>
       </c>
       <c r="C193" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D193" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A194" s="2" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>221</v>
+        <v>45</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D194" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A195" s="2" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>221</v>
+        <v>45</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D195" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A196" s="2" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>190</v>
+        <v>45</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D196" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A197" s="2" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>190</v>
+        <v>229</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="D197" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A198" s="2" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>226</v>
+        <v>139</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="D198" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D199" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A200" s="2" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>230</v>
+        <v>139</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D200" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A201" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C201" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C202" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D202" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A203" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C203" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D203" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C204" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A205" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>237</v>
+        <v>45</v>
       </c>
       <c r="C205" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D205" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A206" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>240</v>
+        <v>45</v>
       </c>
       <c r="C206" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D206" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A207" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>242</v>
+        <v>45</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D207" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>244</v>
+        <v>45</v>
       </c>
       <c r="C208" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A209" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>246</v>
+        <v>139</v>
       </c>
       <c r="C209" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D209" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A210" s="2" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>237</v>
+        <v>45</v>
       </c>
       <c r="C210" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D210" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A211" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C211" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A212" s="2" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>237</v>
+        <v>45</v>
       </c>
       <c r="C212" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A213" s="2" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>237</v>
+        <v>139</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A214" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="215" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>255</v>
+        <v>45</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>257</v>
+        <v>45</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A217" s="2" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>252</v>
+        <v>45</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="218" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A218" s="2" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>260</v>
+        <v>45</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A219" s="2" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>262</v>
+        <v>45</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="220" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A220" s="2" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>255</v>
+        <v>139</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A221" s="2" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>265</v>
+        <v>129</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A222" s="2" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>260</v>
+        <v>45</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A223" s="2" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>260</v>
+        <v>45</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A224" s="2" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>260</v>
+        <v>45</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>270</v>
+        <v>110</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A227" s="2" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>265</v>
+        <v>139</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A228" s="2" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>274</v>
+        <v>139</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A229" s="2" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>274</v>
+        <v>139</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A230" s="2" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>277</v>
+        <v>45</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="231" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A231" s="2" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>279</v>
+        <v>141</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="232" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A232" s="2" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>279</v>
+        <v>45</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A233" s="2" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>265</v>
+        <v>45</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A234" s="2" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>265</v>
+        <v>45</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A235" s="2" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>265</v>
+        <v>45</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A236" s="2" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>257</v>
+        <v>129</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>253</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A237" s="2" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>10</v>
+        <v>179</v>
       </c>
       <c r="C237" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D237" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A238" s="2" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C238" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D238" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A239" s="2" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>10</v>
+        <v>235</v>
       </c>
       <c r="C239" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D239" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A240" s="2" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="C240" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D240" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A241" s="2" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="C241" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A242" s="2" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>14</v>
+        <v>163</v>
       </c>
       <c r="C242" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D242" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A243" s="2" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>10</v>
+        <v>155</v>
       </c>
       <c r="C243" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D243" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A244" s="2" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D244" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A245" s="2" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>14</v>
+        <v>283</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D245" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A246" s="2" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>10</v>
+        <v>247</v>
       </c>
       <c r="C246" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D246" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A247" s="2" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C247" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D247" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A248" s="2" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C248" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D248" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A249" s="2" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C249" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D249" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A250" s="2" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="C250" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D250" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A251" s="2" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C251" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D251" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A252" s="2" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C252" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D252" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>10</v>
+        <v>235</v>
       </c>
       <c r="C253" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D253" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A254" s="2" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>10</v>
+        <v>235</v>
       </c>
       <c r="C254" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D254" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A255" s="2" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="C255" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D255" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A256" s="2" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>190</v>
+        <v>141</v>
       </c>
       <c r="C256" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D256" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C257" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D257" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A258" s="2" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>215</v>
+        <v>45</v>
       </c>
       <c r="C258" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D258" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A259" s="2" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>308</v>
+        <v>45</v>
       </c>
       <c r="C259" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A260" s="2" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C260" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D260" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A261" s="2" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>311</v>
+        <v>139</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D261" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A262" s="2" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C262" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D262" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A263" s="2" t="s">
-        <v>313</v>
+        <v>301</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C263" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D263" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A264" s="2" t="s">
-        <v>314</v>
+        <v>302</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C264" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D264" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A265" s="2" t="s">
-        <v>315</v>
+        <v>303</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C265" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D265" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A266" s="2" t="s">
-        <v>316</v>
+        <v>304</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C266" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D266" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A267" s="2" t="s">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C267" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D267" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A268" s="2" t="s">
-        <v>318</v>
+        <v>306</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C268" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D268" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A269" s="2" t="s">
-        <v>319</v>
+        <v>307</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>5</v>
+        <v>155</v>
       </c>
       <c r="C269" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D269" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A270" s="2" t="s">
-        <v>320</v>
+        <v>308</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C270" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D270" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A271" s="2" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>190</v>
+        <v>115</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D271" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A272" s="2" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>5</v>
+        <v>235</v>
       </c>
       <c r="C272" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D272" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>5</v>
+        <v>312</v>
       </c>
       <c r="C273" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D273" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C274" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D274" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A275" s="2" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C275" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D275" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A276" s="2" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>5</v>
+        <v>139</v>
       </c>
       <c r="C276" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D276" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A277" s="2" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C277" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D277" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A278" s="2" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>190</v>
+        <v>45</v>
       </c>
       <c r="C278" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D278" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A279" s="2" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>5</v>
+        <v>319</v>
       </c>
       <c r="C279" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A280" s="2" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>5</v>
+        <v>235</v>
       </c>
       <c r="C280" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D280" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A281" s="2" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D281" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A282" s="2" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>5</v>
+        <v>312</v>
       </c>
       <c r="C282" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D282" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A283" s="2" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C283" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D283" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A284" s="2" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>335</v>
+        <v>139</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A285" s="2" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C285" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D285" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A286" s="2" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C286" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D286" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A287" s="2" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="C287" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D287" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A288" s="2" t="s">
-        <v>339</v>
+        <v>328</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C288" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D288" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A289" s="2" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C289" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D289" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C290" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D290" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A291" s="2" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C291" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D291" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A292" s="2" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>5</v>
+        <v>179</v>
       </c>
       <c r="C292" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D292" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A293" s="2" t="s">
-        <v>344</v>
+        <v>333</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>85</v>
+        <v>334</v>
       </c>
       <c r="C293" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D293" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A294" s="2" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C294" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A295" s="2" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C295" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D295" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A296" s="2" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>27</v>
+        <v>235</v>
       </c>
       <c r="C296" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D296" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A297" s="2" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C297" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D297" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A298" s="2" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C298" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D298" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A299" s="2" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C299" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D299" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="300" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A300" s="2" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="C300" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D300" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="301" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A301" s="2" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>5</v>
+        <v>139</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D301" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A302" s="2" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>5</v>
+        <v>45</v>
       </c>
       <c r="C302" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D302" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>5</v>
+        <v>345</v>
       </c>
       <c r="C303" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D303" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A304" s="2" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>5</v>
+        <v>347</v>
       </c>
       <c r="C304" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D304" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A305" s="2" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>5</v>
+        <v>349</v>
       </c>
       <c r="C305" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D305" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A306" s="2" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>5</v>
+        <v>351</v>
       </c>
       <c r="C306" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D306" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A307" s="2" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>5</v>
+        <v>351</v>
       </c>
       <c r="C307" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D307" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A308" s="2" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>5</v>
+        <v>351</v>
       </c>
       <c r="C308" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D308" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A309" s="2" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>361</v>
+        <v>351</v>
       </c>
       <c r="C309" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D309" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A310" s="2" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>5</v>
+        <v>351</v>
       </c>
       <c r="C310" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D310" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A311" s="2" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>5</v>
+        <v>357</v>
       </c>
       <c r="C311" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D311" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A312" s="2" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>5</v>
+        <v>359</v>
       </c>
       <c r="C312" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D312" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A313" s="2" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>190</v>
+        <v>359</v>
       </c>
       <c r="C313" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D313" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A314" s="2" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>5</v>
+        <v>362</v>
       </c>
       <c r="C314" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D314" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A315" s="2" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="C315" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D315" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A316" s="2" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>369</v>
+        <v>129</v>
       </c>
       <c r="C316" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D316" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A317" s="2" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>5</v>
+        <v>366</v>
       </c>
       <c r="C317" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D317" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A318" s="2" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>372</v>
+        <v>129</v>
       </c>
       <c r="C318" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D318" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A319" s="2" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>5</v>
+        <v>366</v>
       </c>
       <c r="C319" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D319" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A320" s="2" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C320" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D320" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A321" s="2" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C321" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D321" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A322" s="2" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>5</v>
+        <v>372</v>
       </c>
       <c r="C322" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D322" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A323" s="2" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>5</v>
+        <v>366</v>
       </c>
       <c r="C323" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D323" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A324" s="2" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C324" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D324" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A325" s="2" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>5</v>
+        <v>372</v>
       </c>
       <c r="C325" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D325" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A326" s="2" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>381</v>
+        <v>129</v>
       </c>
       <c r="C326" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D326" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A327" s="2" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C327" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D327" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A328" s="2" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>5</v>
+        <v>372</v>
       </c>
       <c r="C328" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A329" s="2" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>385</v>
+        <v>366</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D329" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A330" s="2" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>5</v>
+        <v>381</v>
       </c>
       <c r="C330" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D330" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A331" s="2" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>388</v>
+        <v>366</v>
       </c>
       <c r="C331" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D331" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A332" s="2" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C332" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D332" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A333" s="2" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>5</v>
+        <v>129</v>
       </c>
       <c r="C333" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D333" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A334" s="2" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>5</v>
+        <v>366</v>
       </c>
       <c r="C334" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D334" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A335" s="2" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>5</v>
+        <v>366</v>
       </c>
       <c r="C335" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D335" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A336" s="2" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>5</v>
+        <v>388</v>
       </c>
       <c r="C336" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D336" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A337" s="2" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>5</v>
+        <v>388</v>
       </c>
       <c r="C337" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D337" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A338" s="2" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>5</v>
+        <v>388</v>
       </c>
       <c r="C338" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D338" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A339" s="2" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>5</v>
+        <v>388</v>
       </c>
       <c r="C339" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D339" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A340" s="2" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>5</v>
+        <v>393</v>
       </c>
       <c r="C340" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D340" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A341" s="2" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>195</v>
+        <v>5</v>
       </c>
       <c r="C341" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D341" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A342" s="2" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>5</v>
+        <v>366</v>
       </c>
       <c r="C342" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D342" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A343" s="2" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>5</v>
+        <v>397</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D343" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A344" s="2" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>5</v>
+        <v>397</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D344" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A345" s="2" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>5</v>
+        <v>397</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D345" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A346" s="2" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>5</v>
+        <v>319</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D346" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A347" s="2" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>5</v>
+        <v>319</v>
       </c>
       <c r="C347" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D347" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A348" s="2" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>5</v>
+        <v>319</v>
       </c>
       <c r="C348" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D348" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A349" s="2" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>5</v>
+        <v>319</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D349" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="350" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A350" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>221</v>
+        <v>319</v>
       </c>
       <c r="C350" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D350" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A351" s="2" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>409</v>
+        <v>319</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D351" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A352" s="2" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>5</v>
+        <v>66</v>
       </c>
       <c r="C352" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D352" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A353" s="2" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>5</v>
+        <v>66</v>
       </c>
       <c r="C353" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D353" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A354" s="2" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>5</v>
+        <v>409</v>
       </c>
       <c r="C354" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D354" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A355" s="2" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>5</v>
+        <v>411</v>
       </c>
       <c r="C355" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D355" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A356" s="2" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>221</v>
+        <v>45</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D356" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A357" s="2" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="C357" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D357" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A358" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="C358" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D358" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A359" s="2" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="C359" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D359" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A360" s="2" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>5</v>
+        <v>139</v>
       </c>
       <c r="C360" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D360" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A361" s="2" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C361" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D361" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A362" s="2" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>5</v>
+        <v>419</v>
       </c>
       <c r="C362" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D362" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A363" s="2" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>5</v>
+        <v>101</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D363" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="364" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A364" s="2" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>423</v>
+        <v>366</v>
       </c>
       <c r="C364" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D364" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A365" s="2" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D365" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A366" s="2" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>369</v>
+        <v>27</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D366" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="367" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A367" s="2" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D367" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A368" s="2" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C368" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D368" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A369" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D369" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="370" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A370" s="2" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>230</v>
+        <v>27</v>
       </c>
       <c r="C370" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D370" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="371" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A371" s="2" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>230</v>
+        <v>27</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D371" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A372" s="2" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D372" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A373" s="2" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>5</v>
+        <v>431</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D373" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="374" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A374" s="2" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>5</v>
+        <v>433</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D374" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A375" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="B375" s="3" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="C375" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D375" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A376" s="2" t="s">
         <v>436</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>5</v>
+        <v>431</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D376" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A377" s="2" t="s">
         <v>437</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>221</v>
+        <v>30</v>
       </c>
       <c r="C377" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D377" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A378" s="2" t="s">
         <v>438</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>5</v>
+        <v>439</v>
       </c>
       <c r="C378" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D378" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="379" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A379" s="2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>5</v>
+        <v>441</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D379" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="380" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A380" s="2" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>5</v>
+        <v>443</v>
       </c>
       <c r="C380" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D380" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A381" s="2" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>5</v>
+        <v>445</v>
       </c>
       <c r="C381" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D381" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A382" s="2" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>5</v>
+        <v>447</v>
       </c>
       <c r="C382" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D382" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A383" s="2" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C383" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D383" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A384" s="2" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>5</v>
+        <v>450</v>
       </c>
       <c r="C384" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D384" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A385" s="2" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>234</v>
+        <v>452</v>
       </c>
       <c r="C385" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D385" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A386" s="2" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>5</v>
+        <v>452</v>
       </c>
       <c r="C386" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D386" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="387" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A387" s="2" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>388</v>
+        <v>34</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="D387" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="388" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A388" s="2" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>5</v>
+        <v>456</v>
       </c>
       <c r="C388" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D388" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="389" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A389" s="2" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>158</v>
+        <v>458</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D389" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A390" s="2" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>195</v>
+        <v>458</v>
       </c>
       <c r="C390" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D390" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="391" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A391" s="2" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>195</v>
+        <v>458</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D391" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="392" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A392" s="2" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>5</v>
+        <v>458</v>
       </c>
       <c r="C392" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D392" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A393" s="2" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D393" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A394" s="2" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>5</v>
+        <v>458</v>
       </c>
       <c r="C394" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D394" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="395" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A395" s="2" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>5</v>
+        <v>458</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D395" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="396" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A396" s="2" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>5</v>
+        <v>458</v>
       </c>
       <c r="C396" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D396" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="397" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A397" s="2" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C397" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D397" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A398" s="2" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>5</v>
+        <v>468</v>
       </c>
       <c r="C398" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D398" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A399" s="2" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>5</v>
+        <v>283</v>
       </c>
       <c r="C399" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D399" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="400" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A400" s="2" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>5</v>
+        <v>471</v>
       </c>
       <c r="C400" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D400" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="401" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A401" s="2" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>5</v>
+        <v>473</v>
       </c>
       <c r="C401" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D401" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A402" s="2" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>5</v>
+        <v>473</v>
       </c>
       <c r="C402" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D402" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="403" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A403" s="2" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>5</v>
+        <v>450</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D403" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A404" s="2" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>221</v>
+        <v>477</v>
       </c>
       <c r="C404" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D404" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A405" s="2" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>5</v>
+        <v>458</v>
       </c>
       <c r="C405" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D405" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A406" s="2" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>5</v>
+        <v>480</v>
       </c>
       <c r="C406" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D406" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A407" s="2" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>5</v>
+        <v>482</v>
       </c>
       <c r="C407" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D407" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A408" s="2" t="s">
-        <v>469</v>
+        <v>483</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>5</v>
+        <v>484</v>
       </c>
       <c r="C408" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D408" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="409" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A409" s="2" t="s">
-        <v>470</v>
+        <v>486</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>5</v>
+        <v>487</v>
       </c>
       <c r="C409" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D409" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="410" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A410" s="2" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>5</v>
+        <v>489</v>
       </c>
       <c r="C410" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D410" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="411" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A411" s="2" t="s">
-        <v>472</v>
+        <v>490</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>5</v>
+        <v>491</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D411" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="412" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A412" s="2" t="s">
-        <v>473</v>
+        <v>492</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>158</v>
+        <v>491</v>
       </c>
       <c r="C412" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D412" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="413" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A413" s="2" t="s">
-        <v>474</v>
+        <v>493</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>454</v>
+        <v>491</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D413" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="414" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A414" s="2" t="s">
-        <v>475</v>
+        <v>494</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>476</v>
+        <v>491</v>
       </c>
       <c r="C414" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D414" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="415" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A415" s="2" t="s">
-        <v>477</v>
+        <v>495</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>5</v>
+        <v>491</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D415" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="416" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A416" s="2" t="s">
-        <v>478</v>
+        <v>496</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>5</v>
+        <v>491</v>
       </c>
       <c r="C416" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D416" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="417" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A417" s="2" t="s">
-        <v>479</v>
+        <v>497</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>195</v>
+        <v>491</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D417" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="418" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A418" s="2" t="s">
-        <v>480</v>
+        <v>498</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>5</v>
+        <v>499</v>
       </c>
       <c r="C418" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D418" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="419" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A419" s="2" t="s">
-        <v>481</v>
+        <v>500</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>5</v>
+        <v>501</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D419" s="5" t="s">
-        <v>6</v>
+        <v>485</v>
       </c>
     </row>
     <row r="420" ht="12.75" customHeight="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A420" s="2" t="s">
-        <v>482</v>
+        <v>502</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>221</v>
+        <v>501</v>
       </c>
       <c r="C420" s="4" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="D420" s="5" t="s">
-        <v>6</v>
-[...31 lines deleted...]
-      <c r="A423" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="B423" s="3" t="s">
-[...8125 lines deleted...]
-    <row r="1013" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    </row>
+    <row r="421" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="422" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="423" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="424" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="425" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="426" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="427" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="428" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="429" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="430" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="431" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <autoFilter ref="A1:D2"/>
   <mergeCells count="4">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
   </mergeCells>
   <pageMargins left="0.7875" right="0.7875" top="0.984027777777778" bottom="0.984027777777778" header="0.511805555555555" footer="0.511805555555555"/>
   <pageSetup paperSize="1" orientation="landscape" horizontalDpi="300" verticalDpi="300" scale="47" fitToWidth="1" fitToHeight="1" firstPageNumber="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>